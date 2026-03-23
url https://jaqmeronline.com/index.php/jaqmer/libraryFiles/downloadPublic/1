--- v0 (2025-10-07)
+++ v1 (2026-03-23)
@@ -1,45 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0B37AE0A" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="480" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -184,165 +179,149 @@
         </w:rPr>
         <w:t xml:space="preserve"> Title should not exceed 15 words.</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464410FE" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C4CB0D2" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="3C4CB0D2" w14:textId="6C2336EA" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="00E37C60" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(s) Name and Surname, 11 font size, left aligned, 10 pt before and after. Corresponding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>author’s</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>authors</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>’ affiliation, country,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>e-mail, ORCID number should be inserted in footnote</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:footnoteReference w:customMarkFollows="1" w:id="2"/>
         <w:sym w:font="Symbol" w:char="F02A"/>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F02A"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="65284C3E" w14:textId="209C64B1" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
@@ -498,452 +477,440 @@
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00614346" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5601CC33" w14:textId="175EAA62" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="5601CC33" w14:textId="37D6A608" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="000A1B96" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> Surname,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">First letter of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>author’s</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> name</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">The title of the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="00E37C60" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="00457383" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>capitalizes</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> first letter.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009520EC" w:rsidRPr="00524494">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Journal</w:t>
       </w:r>
       <w:r w:rsidR="009520EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Action Qualitative &amp; Mixed Methods Research,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-6"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="003C514E" w:rsidRPr="00EE29E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Volume</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>???</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="00EE29E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>ssue</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-12"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>??</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>[O</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>li</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>e]</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00BB3754">
+        <w:r w:rsidR="003C514E" w:rsidRPr="00BB3754">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
           </w:rPr>
           <w:t>www.jaqmeronline.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-14"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A6BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>???</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1E03AD07" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -1657,51 +1624,51 @@
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>after paragraph</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5192A252" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="5192A252" w14:textId="2A46779C" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduction should include theoretical and conceptual framework, the aim and the importance of the study. </w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
@@ -1783,249 +1750,241 @@
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>, font size 11, 10 pt before and after paragraph.</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">APA guidelines should be followed when citing in text and references. </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">APA guidelines should be followed when citing in text and references. Quotation less than 40 words should be </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE29E6" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> in text with quotation marks and reference page </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> over 40 words should be started on a new line, indented 1 cm from the margin, 9 font size without quotation marks.</w:t>
+      <w:r w:rsidR="00EE29E6" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>numbers, Quotation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> over 40 words should be started on a new line, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37C60" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 cm from the margin, 9 font size without quotation marks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0169F9BC" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="0169F9BC" w14:textId="333A8462" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Quotation</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t xml:space="preserve">Quotation less than 40 words should be </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE29E6" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> less than 40 words should be </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>written</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>wtitten</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t xml:space="preserve"> in text with quotation marks and reference page </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE29E6" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in text with quotation marks and reference page </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>numbers, Quotation</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>numbers,  Quotation</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t xml:space="preserve"> over 40 words should be started on a new line, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE29E6" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> over 40 words should be started on a new line, indented 1 cm from the margin, 9 font size without quotation marks. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>indicated</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Quotation</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t xml:space="preserve"> 1 cm from the margin, 9 font size without quotation marks. Quotation less than 40 words should be </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE29E6" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> less than 40 words should be </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>written</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>wtitten</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t xml:space="preserve"> in text with quotation marks and reference page </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE29E6" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in text with quotation marks and reference page </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>numbers, Quotation</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>numbers,  Quotation</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t xml:space="preserve"> over 40 words should be started on a new line, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE29E6" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> over 40 words should be started on a new line, indented 1 cm from the margin, 9 font size without quotation marks. </w:t>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 cm from the margin, 9 font size without quotation marks. </w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>(JOMES,</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
@@ -2497,96 +2456,92 @@
         <w:t xml:space="preserve">You should write what steps to follow to conform to the Publication Ethics and Publication Malpractice Statement based on the Committee on Publication Ethics Code of Conduct Guidelines available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
           </w:rPr>
           <w:t>www.publicationethics.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764983F5" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="764983F5" w14:textId="35431EBA" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">Times New Roman, font size 11, 10 pt before and after paragraph. APA guidelines should be followed. Under </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E37C60" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>method</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> sub-titles including sampling, data collection, data analysis, ethical considerations, validity and reliability just like </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E37C60" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>sampling</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> and data collection as follows should be written in order. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D584237" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="00B506E7">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
@@ -3026,71 +2981,71 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="28949E9D" w14:textId="77777777" w:rsidR="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">Times New Roman, font size 11, 10 pt before and after paragraph. APA guidelines should be followed in citing. Times New Roman, font size 11, 10 pt before and after paragraph. APA guidelines should be followed in citing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D1BF1C5" w14:textId="0143D30C" w:rsidR="00946A95" w:rsidRDefault="00946A95" w:rsidP="00946A95">
+    <w:p w14:paraId="7D1BF1C5" w14:textId="0143D30C" w:rsidR="00946A95" w:rsidRPr="00E37C60" w:rsidRDefault="00946A95" w:rsidP="00946A95">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Lato-Bold" w:eastAsia="Lato-Bold" w:cs="Lato-Bold"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lato-Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00946A95">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Lato-Bold" w:eastAsia="Lato-Bold" w:cs="Lato-Bold"/>
+      <w:r w:rsidRPr="00E37C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lato-Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Ethics statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB5767F" w14:textId="77777777" w:rsidR="00946A95" w:rsidRPr="00946A95" w:rsidRDefault="00946A95" w:rsidP="00946A95">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946A95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3244,79 +3199,77 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8FA5D3" w14:textId="77777777" w:rsidR="00946A95" w:rsidRPr="00946A95" w:rsidRDefault="00946A95" w:rsidP="00946A95">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946A95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Times New Roman, font size 11, 10 pt before and after paragraph. APA guidelines should be followed in citing. Times New Roman, font size 11, 10 pt before and after paragraph. APA guidelines should be followed in citing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485BBD62" w14:textId="7415A305" w:rsidR="00946A95" w:rsidRPr="003C514E" w:rsidRDefault="00946A95" w:rsidP="00946A95">
+    <w:p w14:paraId="485BBD62" w14:textId="42C3AD02" w:rsidR="00946A95" w:rsidRPr="003C514E" w:rsidRDefault="00E37C60" w:rsidP="00946A95">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Rigour</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Rigor</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="027D2E2C" w14:textId="77777777" w:rsidR="00946A95" w:rsidRPr="003C514E" w:rsidRDefault="00946A95" w:rsidP="00946A95">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>(Level 2 Heading,</w:t>
@@ -3719,103 +3672,101 @@
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="480" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Findings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBFC336" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="1BBFC336" w14:textId="6DCFD96E" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Findings</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">, font size Times New </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00984D88" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Roman 11</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> , Level 1 Heading, left aligned, first letter capitalized, 24 pt before paragraph and 10 pt after paragraph)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26B0BEDE" w14:textId="785C0B8B" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
@@ -3989,67 +3940,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>fonts</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> sized,</w:t>
       </w:r>
       <w:r w:rsidR="00DE1BE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> italic</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> left aligned, be numbered with Arabic numerals (1,</w:t>
-[...15 lines deleted...]
-        <w:t>.), 10pt before and after figure caption, “</w:t>
+        <w:t xml:space="preserve"> left aligned, be numbered with Arabic numerals (1,2,3,….), 10pt before and after figure caption, “</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">” as bold and italic. Figures should be clear, embedded into the text and not supplied separately. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659712BA" w14:textId="6579C02B" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="001E5B43" w:rsidP="003C514E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4481,69 +4416,51 @@
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">The table number and caption should be typed above the table in 10 </w:t>
       </w:r>
       <w:r w:rsidR="00FA3E6F" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>fonts</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sized, italic, left aligned, be numbered with Arabic numerals (1,</w:t>
-[...17 lines deleted...]
-        <w:t>.), 10pt before and after table number and caption, “</w:t>
+        <w:t xml:space="preserve"> sized, italic, left aligned, be numbered with Arabic numerals (1,2,3,….), 10pt before and after table number and caption, “</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Table 1</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>.” as bold.</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
@@ -4585,75 +4502,51 @@
     <w:p w14:paraId="43A0014C" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">The caption should be typed above the table in 10 </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> sized, italic, first letter capitalized</w:t>
+        <w:t>The caption should be typed above the table in 10 font sized, italic, first letter capitalized</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabloKlavuzu1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4269"/>
         <w:gridCol w:w="4270"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C514E" w:rsidRPr="003C514E" w14:paraId="1995A7E3" w14:textId="77777777" w:rsidTr="00F37924">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4269" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C5E97E6" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="007920EE">
             <w:pPr>
               <w:kinsoku w:val="0"/>
@@ -4724,342 +4617,210 @@
             <w:tcW w:w="4269" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39F282A7" w14:textId="27EB785E" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="007920EE">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C514E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The text </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> should be 10 font size.</w:t>
+              <w:t>The text in table should be 10 font size.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4270" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="278B083A" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="007920EE">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C514E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The text </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> should be 10 font size.</w:t>
+              <w:t>The text in table should be 10 font size.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C514E" w:rsidRPr="003C514E" w14:paraId="1BB51942" w14:textId="77777777" w:rsidTr="00F37924">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4269" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5081FACC" w14:textId="2676BA0E" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="007920EE">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C514E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The text </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> should be 10 font size.</w:t>
+              <w:t>The text in table should be 10 font size.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4270" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="257F3230" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="007920EE">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C514E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The text </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> should be 10 font size.</w:t>
+              <w:t>The text in table should be 10 font size.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C514E" w:rsidRPr="003C514E" w14:paraId="0F1AACBB" w14:textId="77777777" w:rsidTr="00F37924">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4269" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E5E9227" w14:textId="4698DAD7" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="007920EE">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C514E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The text </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> should be 10 font size.</w:t>
+              <w:t>The text in table should be 10 font size.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4270" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D19BAA8" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="007920EE">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C514E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The text </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> should be 10 font size.</w:t>
+              <w:t>The text in table should be 10 font size.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D60965E" w14:textId="77777777" w:rsidR="00965448" w:rsidRDefault="00965448" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="480" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D61326A" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
@@ -5714,82 +5475,199 @@
         <w:t>12 pt before paragraph 10 pt after paragraph</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039FD1FF" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2547C369" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="5A3F1472" w14:textId="76AA92F0" w:rsidR="00E37C60" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Acknowledgements should be Times New Roman, font size 11, single line spacing, 10 pt before and after paragraph and without number.</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Text below continues as normal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C31197" w14:textId="78FCDF81" w:rsidR="00E37C60" w:rsidRPr="00E37C60" w:rsidRDefault="00E37C60" w:rsidP="00E37C60">
+      <w:pPr>
+        <w:spacing w:before="480" w:after="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E37C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Declaration of </w:t>
+      </w:r>
+      <w:r w:rsidR="006D28B2" w:rsidRPr="00E37C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">generative </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E37C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AI </w:t>
+      </w:r>
+      <w:r w:rsidR="006D28B2" w:rsidRPr="00E37C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33448DA3" w14:textId="77777777" w:rsidR="00E37C60" w:rsidRPr="00E37C60" w:rsidRDefault="00E37C60" w:rsidP="00E37C60">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E37C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>(Level 1 Heading, left aligned, Times New Roman 11, first letter capitalized, 24 pt before and paragraph 10 pt after paragraph)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA512A7" w14:textId="77777777" w:rsidR="00E37C60" w:rsidRPr="00E37C60" w:rsidRDefault="00E37C60" w:rsidP="00E37C60">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C957DA" w14:textId="77777777" w:rsidR="00E37C60" w:rsidRPr="00E37C60" w:rsidRDefault="00E37C60" w:rsidP="00E37C60">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E37C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Acknowledgements should be Times New Roman, font size 11, single line spacing, 10 pt before and after paragraph and without number. Text below continues as normal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D204738" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="480" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
@@ -5872,490 +5750,466 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Times New Roman 11, first letter capitalized, 24 pt before and paragraph 10 pt after paragraph)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7623B1D6" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="7623B1D6" w14:textId="603A4276" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">APA guidelines should be followed when writing references, font size 10, left aligned, 6 pt before and after each reference. The second line and the rest should be indented 1,25 cm from the margin in </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">APA guidelines </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should be followed when writing references, font size 10, left aligned, 6 pt before and after each reference. The second line and the rest should be indented 1,25 cm from the margin in </w:t>
+      </w:r>
+      <w:r w:rsidR="00457383" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>references</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> more than two or more lines. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526A5654" w14:textId="7CE9CCDD" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="526A5654" w14:textId="2837AD90" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="00457383" w:rsidP="003C514E">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Authour</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> Surname,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">First letter of </w:t>
       </w:r>
       <w:r w:rsidR="00DF1159" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>author’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> name</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve">The title of the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="000A1B96" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>article,</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t>article</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>capitalize</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t>capitalizes</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> first letter.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidRPr="00457383">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Journal of Mixed Methods Studies,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t>Journal of Action Qualitative &amp; Mixed Methods Research</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00457383">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Volume</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>???</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="-1"/>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>İssue</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>(Issue???), ?</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
-[...56 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>??</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>[O</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>li</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>e]</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00DF1159" w:rsidRPr="003C514E">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="-3"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
           </w:rPr>
           <w:t>w</w:t>
         </w:r>
         <w:r w:rsidR="00DF1159" w:rsidRPr="003C514E">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6462,100 +6316,89 @@
           </w:rPr>
           <w:t>e.c</w:t>
         </w:r>
         <w:r w:rsidR="00DF1159" w:rsidRPr="003C514E">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:spacing w:val="3"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
         <w:r w:rsidR="00DF1159" w:rsidRPr="003C514E">
           <w:rPr>
             <w:rStyle w:val="Kpr"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
           </w:rPr>
           <w:t>m</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="99"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>DOI</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="003C514E" w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0064462F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>???</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="547EAA75" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="00B506E7">
       <w:pPr>
         <w:spacing w:before="240" w:after="200" w:line="230" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Appendix</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5E3175" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6802,608 +6645,299 @@
     <w:p w14:paraId="33A543C4" w14:textId="579B5A10" w:rsidR="00BC1425" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:spacing w:before="230" w:after="230" w:line="230" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Appendix 1:</w:t>
       </w:r>
       <w:r w:rsidRPr="003C514E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Example of a sub-heading within an appendix. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BC1425" w:rsidRPr="003C514E" w:rsidSect="003C514E">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79A14F14" w14:textId="77777777" w:rsidR="00D73E93" w:rsidRDefault="00D73E93" w:rsidP="00FA7A89">
+    <w:p w14:paraId="5B6B746B" w14:textId="77777777" w:rsidR="009A785F" w:rsidRDefault="009A785F" w:rsidP="00FA7A89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="573B5D58" w14:textId="77777777" w:rsidR="00D73E93" w:rsidRDefault="00D73E93" w:rsidP="00FA7A89">
+    <w:p w14:paraId="686A8C4F" w14:textId="77777777" w:rsidR="009A785F" w:rsidRDefault="009A785F" w:rsidP="00FA7A89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato-Bold">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5547F9A4" w14:textId="77777777" w:rsidR="00D73E93" w:rsidRDefault="00D73E93" w:rsidP="00FA7A89">
+    <w:p w14:paraId="2EB57A4B" w14:textId="77777777" w:rsidR="009A785F" w:rsidRDefault="009A785F" w:rsidP="00FA7A89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="653254EE" w14:textId="77777777" w:rsidR="00D73E93" w:rsidRDefault="00D73E93" w:rsidP="00FA7A89">
+    <w:p w14:paraId="307C28B0" w14:textId="77777777" w:rsidR="009A785F" w:rsidRDefault="009A785F" w:rsidP="00FA7A89">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="61736FDE" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="003C514E" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="61736FDE" w14:textId="19A76855" w:rsidR="003C514E" w:rsidRPr="00E37C60" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C01B9">
+      <w:r w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rStyle w:val="DipnotBavurusu"/>
           <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="000C01B9">
+      <w:r w:rsidRPr="00E37C60">
         <w:rPr>
           <w:color w:val="auto"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C514E">
+      <w:r w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(If necessary) Information about the article should be </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37C60" w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003C514E">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...180 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> here as 9 font size, left aligned.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="2497862B" w14:textId="77777777" w:rsidR="003C514E" w:rsidRPr="00C9659B" w:rsidRDefault="003C514E" w:rsidP="003C514E">
+    <w:p w14:paraId="2497862B" w14:textId="0E61AA89" w:rsidR="003C514E" w:rsidRPr="00E37C60" w:rsidRDefault="003C514E" w:rsidP="003C514E">
       <w:pPr>
         <w:pStyle w:val="DipnotMetni"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9659B">
+      <w:r w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rStyle w:val="DipnotBavurusu"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F02A"/>
       </w:r>
-      <w:r w:rsidRPr="00C9659B">
+      <w:r w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rStyle w:val="DipnotBavurusu"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F02A"/>
       </w:r>
-      <w:r w:rsidRPr="00C9659B">
+      <w:r w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C9659B">
+      <w:r w:rsidR="00E37C60" w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C9659B">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Author’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E37C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...101 lines deleted...]
-      <w:r w:rsidRPr="00360E65">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  affiliation, country, e-mail, ORCID number: 9 font size, left aligned.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E37C60">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05F1BF35" w14:textId="619A2637" w:rsidR="00612EF7" w:rsidRDefault="00672EAE">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="682C7A44" wp14:editId="4AF0D11A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-4445</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-97155</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1962785" cy="603250"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
@@ -7685,108 +7219,104 @@
               <w10:wrap anchorx="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00FA7A89">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r w:rsidR="00303A90" w:rsidRPr="00303A90">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
     <w:r w:rsidR="00303A90">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2EFF3F69" w14:textId="430F08F2" w:rsidR="00612EF7" w:rsidRPr="00DF1159" w:rsidRDefault="00303A90" w:rsidP="00303A90">
+  <w:p w14:paraId="2EFF3F69" w14:textId="05B44F26" w:rsidR="00612EF7" w:rsidRPr="00DF1159" w:rsidRDefault="00457383" w:rsidP="00303A90">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00DF1159">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>Volume ,</w:t>
+      <w:t>Volume,</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
-    <w:r w:rsidRPr="00DF1159">
+    <w:r w:rsidR="00303A90" w:rsidRPr="00DF1159">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00DF1159">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>Issue ,</w:t>
+      <w:t>Issue,</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
-    <w:r w:rsidRPr="00DF1159">
+    <w:r w:rsidR="00303A90" w:rsidRPr="00DF1159">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> 20</w:t>
     </w:r>
-    <w:r w:rsidRPr="00DF1159">
+    <w:r w:rsidR="00303A90" w:rsidRPr="00DF1159">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">               </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0ABEDD05" w14:textId="60476BCB" w:rsidR="003C514E" w:rsidRPr="00612EF7" w:rsidRDefault="00612EF7" w:rsidP="00303A90">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00DF1159">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
@@ -7875,152 +7405,149 @@
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="286F4003" w14:textId="5C94AA06" w:rsidR="00FA7A89" w:rsidRDefault="00303A90" w:rsidP="00303A90">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005E031E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA7A89"/>
     <w:rsid w:val="0000162C"/>
     <w:rsid w:val="00035CAA"/>
     <w:rsid w:val="0005317C"/>
+    <w:rsid w:val="000A1B96"/>
     <w:rsid w:val="001316BF"/>
     <w:rsid w:val="00136BCB"/>
     <w:rsid w:val="001762AE"/>
     <w:rsid w:val="001E5B43"/>
     <w:rsid w:val="001F7E11"/>
     <w:rsid w:val="00212EC9"/>
     <w:rsid w:val="00230E03"/>
     <w:rsid w:val="00250F7E"/>
     <w:rsid w:val="002E6899"/>
     <w:rsid w:val="00303A90"/>
     <w:rsid w:val="003053E0"/>
     <w:rsid w:val="00331FE3"/>
     <w:rsid w:val="0036519A"/>
     <w:rsid w:val="00386981"/>
     <w:rsid w:val="003C514E"/>
+    <w:rsid w:val="00457383"/>
     <w:rsid w:val="00470119"/>
     <w:rsid w:val="004A6C98"/>
     <w:rsid w:val="004C6F2F"/>
     <w:rsid w:val="00524494"/>
     <w:rsid w:val="00581B7A"/>
     <w:rsid w:val="005A6BB2"/>
     <w:rsid w:val="005E031E"/>
     <w:rsid w:val="00603689"/>
     <w:rsid w:val="00612EF7"/>
     <w:rsid w:val="00614346"/>
     <w:rsid w:val="0064462F"/>
     <w:rsid w:val="00672EAE"/>
+    <w:rsid w:val="006D28B2"/>
     <w:rsid w:val="00703E1C"/>
     <w:rsid w:val="007920EE"/>
     <w:rsid w:val="007944A4"/>
     <w:rsid w:val="007B3F28"/>
     <w:rsid w:val="00852A75"/>
     <w:rsid w:val="008A444C"/>
     <w:rsid w:val="008B5734"/>
     <w:rsid w:val="008B6CDD"/>
     <w:rsid w:val="00901CD0"/>
     <w:rsid w:val="00946A95"/>
     <w:rsid w:val="009520EC"/>
     <w:rsid w:val="00965448"/>
     <w:rsid w:val="009723BE"/>
+    <w:rsid w:val="00984D88"/>
     <w:rsid w:val="00995405"/>
+    <w:rsid w:val="009A785F"/>
     <w:rsid w:val="009D2B6E"/>
     <w:rsid w:val="009F037B"/>
     <w:rsid w:val="00A25E9F"/>
     <w:rsid w:val="00B506E7"/>
     <w:rsid w:val="00B911AB"/>
     <w:rsid w:val="00BA3739"/>
     <w:rsid w:val="00BC1425"/>
     <w:rsid w:val="00C16863"/>
     <w:rsid w:val="00C375D5"/>
     <w:rsid w:val="00C520B9"/>
+    <w:rsid w:val="00CB2E86"/>
     <w:rsid w:val="00CF5DAB"/>
     <w:rsid w:val="00D1438B"/>
     <w:rsid w:val="00D73E93"/>
     <w:rsid w:val="00DA2C75"/>
     <w:rsid w:val="00DE1BE5"/>
     <w:rsid w:val="00DF1159"/>
     <w:rsid w:val="00E10AE3"/>
     <w:rsid w:val="00E34ACD"/>
+    <w:rsid w:val="00E37C60"/>
     <w:rsid w:val="00E67117"/>
     <w:rsid w:val="00EC6B87"/>
+    <w:rsid w:val="00EE29E6"/>
     <w:rsid w:val="00EF63FD"/>
     <w:rsid w:val="00EF7C7A"/>
     <w:rsid w:val="00F36DB0"/>
     <w:rsid w:val="00FA3E6F"/>
     <w:rsid w:val="00FA7A89"/>
     <w:rsid w:val="00FC789F"/>
     <w:rsid w:val="00FE54D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -8412,55 +7939,55 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00E37C60"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
@@ -8626,54 +8153,54 @@
   </w:style>
   <w:style w:type="character" w:styleId="zlenenKpr">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C514E"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publicationethics.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jaqmeronline.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jaqmeronline.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publicationethics.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jaqmeronline.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jaqmeronline.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -8949,69 +8476,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF20E69C-E1A5-4F32-B132-4597AB182DFB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1698</Words>
-  <Characters>9685</Characters>
+  <Words>1748</Words>
+  <Characters>9968</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11361</CharactersWithSpaces>
+  <CharactersWithSpaces>11693</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ilhan Gunbayi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>